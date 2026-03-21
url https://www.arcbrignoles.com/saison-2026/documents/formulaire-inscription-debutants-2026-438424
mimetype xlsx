--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -8,51 +8,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://brignolais-my.sharepoint.com/personal/nicolas_quachero_brignolais_onmicrosoft_com/Documents/Concours Debutants 2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{382ACB43-539D-492B-BF14-7EF4F767715C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="6" documentId="8_{382ACB43-539D-492B-BF14-7EF4F767715C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{79BF80FB-098B-4AD6-9E00-86D21264BB3B}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{96240851-5246-45D2-A08E-3ADFFE0FE198}"/>
   </bookViews>
   <sheets>
     <sheet name="Competiteurs" sheetId="1" r:id="rId1"/>
     <sheet name="Encadrants" sheetId="2" r:id="rId2"/>
     <sheet name="Ressources" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
@@ -131,108 +131,108 @@
   <si>
     <t>N°licence</t>
   </si>
   <si>
     <t>Marqueur</t>
   </si>
   <si>
     <t>Niveau</t>
   </si>
   <si>
     <t>Cible Distance</t>
   </si>
   <si>
     <t>Tir</t>
   </si>
   <si>
     <t>Poussin</t>
   </si>
   <si>
     <t>122 / 10m</t>
   </si>
   <si>
     <t>Classique</t>
   </si>
   <si>
-    <t>Femme</t>
-[...1 lines deleted...]
-  <si>
     <t>Oui</t>
   </si>
   <si>
     <t>Jeune 3</t>
   </si>
   <si>
     <t>122 / 15m</t>
   </si>
   <si>
     <t>Nu (Barebow)</t>
   </si>
   <si>
-    <t>Homme</t>
-[...1 lines deleted...]
-  <si>
     <t>Non</t>
   </si>
   <si>
     <t>Jeune 2</t>
   </si>
   <si>
     <t>80 / 15m</t>
   </si>
   <si>
     <t>Jeune 1</t>
   </si>
   <si>
     <t>60 / 15m</t>
   </si>
   <si>
     <t>Jeune As</t>
   </si>
   <si>
     <t>40 / 15m</t>
   </si>
   <si>
     <t>Bleu</t>
   </si>
   <si>
     <t>Rouge</t>
   </si>
   <si>
     <t>Jaune</t>
   </si>
   <si>
     <t>Expert</t>
   </si>
   <si>
     <t>Jeune Master</t>
   </si>
   <si>
     <t>N°1 - 12h30</t>
   </si>
   <si>
     <t>N°2 - 15h30</t>
+  </si>
+  <si>
+    <t>Féminin</t>
+  </si>
+  <si>
+    <t>Masculin</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
@@ -490,60 +490,62 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="9" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Check Cell" xfId="1" builtinId="23"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
@@ -900,739 +902,739 @@
       <c r="F1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="2" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="2" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="4"/>
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="6"/>
       <c r="F2" s="6"/>
       <c r="G2" s="17" t="str">
         <f>IF(F2&lt;&gt;"",VLOOKUP(F2,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H2" s="6"/>
-      <c r="I2" s="19"/>
+      <c r="I2" s="21"/>
     </row>
     <row r="3" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="4"/>
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="6"/>
       <c r="F3" s="6"/>
       <c r="G3" s="17" t="str">
         <f>IF(F3&lt;&gt;"",VLOOKUP(F3,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H3" s="6"/>
-      <c r="I3" s="19"/>
+      <c r="I3" s="21"/>
     </row>
     <row r="4" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="4"/>
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
       <c r="E4" s="6"/>
       <c r="F4" s="6"/>
       <c r="G4" s="17" t="str">
         <f>IF(F4&lt;&gt;"",VLOOKUP(F4,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H4" s="6"/>
-      <c r="I4" s="19"/>
+      <c r="I4" s="21"/>
     </row>
     <row r="5" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="4"/>
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="6"/>
       <c r="F5" s="6"/>
       <c r="G5" s="17" t="str">
         <f>IF(F5&lt;&gt;"",VLOOKUP(F5,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H5" s="6"/>
-      <c r="I5" s="19"/>
+      <c r="I5" s="21"/>
     </row>
     <row r="6" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="4"/>
       <c r="B6" s="5"/>
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="6"/>
       <c r="F6" s="6"/>
       <c r="G6" s="17" t="str">
         <f>IF(F6&lt;&gt;"",VLOOKUP(F6,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H6" s="6"/>
-      <c r="I6" s="19"/>
+      <c r="I6" s="21"/>
     </row>
     <row r="7" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4"/>
       <c r="B7" s="5"/>
       <c r="C7" s="5"/>
       <c r="D7" s="5"/>
       <c r="E7" s="6"/>
       <c r="F7" s="6"/>
       <c r="G7" s="17" t="str">
         <f>IF(F7&lt;&gt;"",VLOOKUP(F7,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H7" s="6"/>
-      <c r="I7" s="19"/>
+      <c r="I7" s="21"/>
     </row>
     <row r="8" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="4"/>
       <c r="B8" s="5"/>
       <c r="C8" s="5"/>
       <c r="D8" s="5"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="17" t="str">
         <f>IF(F8&lt;&gt;"",VLOOKUP(F8,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H8" s="6"/>
-      <c r="I8" s="19"/>
+      <c r="I8" s="21"/>
     </row>
     <row r="9" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="4"/>
       <c r="B9" s="5"/>
       <c r="C9" s="5"/>
       <c r="D9" s="5"/>
       <c r="E9" s="6"/>
       <c r="F9" s="6"/>
       <c r="G9" s="17" t="str">
         <f>IF(F9&lt;&gt;"",VLOOKUP(F9,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H9" s="6"/>
-      <c r="I9" s="19"/>
+      <c r="I9" s="21"/>
     </row>
     <row r="10" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="4"/>
       <c r="B10" s="5"/>
       <c r="C10" s="5"/>
       <c r="D10" s="5"/>
       <c r="E10" s="6"/>
       <c r="F10" s="6"/>
       <c r="G10" s="17" t="str">
         <f>IF(F10&lt;&gt;"",VLOOKUP(F10,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H10" s="6"/>
-      <c r="I10" s="19"/>
+      <c r="I10" s="21"/>
     </row>
     <row r="11" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="4"/>
       <c r="B11" s="5"/>
       <c r="C11" s="5"/>
       <c r="D11" s="5"/>
       <c r="E11" s="6"/>
       <c r="F11" s="6"/>
       <c r="G11" s="17" t="str">
         <f>IF(F11&lt;&gt;"",VLOOKUP(F11,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H11" s="6"/>
-      <c r="I11" s="19"/>
+      <c r="I11" s="21"/>
     </row>
     <row r="12" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="4"/>
       <c r="B12" s="5"/>
       <c r="C12" s="5"/>
       <c r="D12" s="5"/>
       <c r="E12" s="6"/>
       <c r="F12" s="6"/>
       <c r="G12" s="17" t="str">
         <f>IF(F12&lt;&gt;"",VLOOKUP(F12,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H12" s="6"/>
-      <c r="I12" s="19"/>
+      <c r="I12" s="21"/>
     </row>
     <row r="13" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="4"/>
       <c r="B13" s="5"/>
       <c r="C13" s="5"/>
       <c r="D13" s="5"/>
       <c r="E13" s="6"/>
       <c r="F13" s="6"/>
       <c r="G13" s="17" t="str">
         <f>IF(F13&lt;&gt;"",VLOOKUP(F13,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H13" s="6"/>
-      <c r="I13" s="19"/>
+      <c r="I13" s="21"/>
     </row>
     <row r="14" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="4"/>
       <c r="B14" s="5"/>
       <c r="C14" s="5"/>
       <c r="D14" s="5"/>
       <c r="E14" s="6"/>
       <c r="F14" s="6"/>
       <c r="G14" s="17" t="str">
         <f>IF(F14&lt;&gt;"",VLOOKUP(F14,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H14" s="6"/>
-      <c r="I14" s="19"/>
+      <c r="I14" s="21"/>
     </row>
     <row r="15" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="4"/>
       <c r="B15" s="5"/>
       <c r="C15" s="5"/>
       <c r="D15" s="5"/>
       <c r="E15" s="6"/>
       <c r="F15" s="6"/>
       <c r="G15" s="17" t="str">
         <f>IF(F15&lt;&gt;"",VLOOKUP(F15,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H15" s="6"/>
-      <c r="I15" s="19"/>
+      <c r="I15" s="21"/>
     </row>
     <row r="16" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="4"/>
       <c r="B16" s="5"/>
       <c r="C16" s="5"/>
       <c r="D16" s="5"/>
       <c r="E16" s="6"/>
       <c r="F16" s="6"/>
       <c r="G16" s="17" t="str">
         <f>IF(F16&lt;&gt;"",VLOOKUP(F16,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H16" s="6"/>
-      <c r="I16" s="19"/>
+      <c r="I16" s="21"/>
     </row>
     <row r="17" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="4"/>
       <c r="B17" s="5"/>
       <c r="C17" s="5"/>
       <c r="D17" s="5"/>
       <c r="E17" s="6"/>
       <c r="F17" s="6"/>
       <c r="G17" s="17" t="str">
         <f>IF(F17&lt;&gt;"",VLOOKUP(F17,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H17" s="6"/>
-      <c r="I17" s="19"/>
+      <c r="I17" s="21"/>
     </row>
     <row r="18" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="4"/>
       <c r="B18" s="5"/>
       <c r="C18" s="5"/>
       <c r="D18" s="5"/>
       <c r="E18" s="6"/>
       <c r="F18" s="6"/>
       <c r="G18" s="17" t="str">
         <f>IF(F18&lt;&gt;"",VLOOKUP(F18,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H18" s="6"/>
-      <c r="I18" s="19"/>
+      <c r="I18" s="21"/>
     </row>
     <row r="19" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="4"/>
       <c r="B19" s="5"/>
       <c r="C19" s="5"/>
       <c r="D19" s="5"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="17" t="str">
         <f>IF(F19&lt;&gt;"",VLOOKUP(F19,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H19" s="6"/>
-      <c r="I19" s="19"/>
+      <c r="I19" s="21"/>
     </row>
     <row r="20" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="4"/>
       <c r="B20" s="5"/>
       <c r="C20" s="5"/>
       <c r="D20" s="5"/>
       <c r="E20" s="6"/>
       <c r="F20" s="6"/>
       <c r="G20" s="17" t="str">
         <f>IF(F20&lt;&gt;"",VLOOKUP(F20,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H20" s="6"/>
-      <c r="I20" s="19"/>
+      <c r="I20" s="21"/>
     </row>
     <row r="21" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="4"/>
       <c r="B21" s="5"/>
       <c r="C21" s="5"/>
       <c r="D21" s="5"/>
       <c r="E21" s="6"/>
       <c r="F21" s="6"/>
       <c r="G21" s="17" t="str">
         <f>IF(F21&lt;&gt;"",VLOOKUP(F21,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H21" s="6"/>
-      <c r="I21" s="19"/>
+      <c r="I21" s="21"/>
     </row>
     <row r="22" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="4"/>
       <c r="B22" s="5"/>
       <c r="C22" s="5"/>
       <c r="D22" s="5"/>
       <c r="E22" s="6"/>
       <c r="F22" s="6"/>
       <c r="G22" s="17" t="str">
         <f>IF(F22&lt;&gt;"",VLOOKUP(F22,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H22" s="6"/>
-      <c r="I22" s="19"/>
+      <c r="I22" s="21"/>
     </row>
     <row r="23" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="4"/>
       <c r="B23" s="5"/>
       <c r="C23" s="5"/>
       <c r="D23" s="5"/>
       <c r="E23" s="6"/>
       <c r="F23" s="6"/>
       <c r="G23" s="17" t="str">
         <f>IF(F23&lt;&gt;"",VLOOKUP(F23,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H23" s="6"/>
-      <c r="I23" s="19"/>
+      <c r="I23" s="21"/>
     </row>
     <row r="24" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="4"/>
       <c r="B24" s="5"/>
       <c r="C24" s="5"/>
       <c r="D24" s="5"/>
       <c r="E24" s="6"/>
       <c r="F24" s="6"/>
       <c r="G24" s="17" t="str">
         <f>IF(F24&lt;&gt;"",VLOOKUP(F24,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H24" s="6"/>
-      <c r="I24" s="19"/>
+      <c r="I24" s="21"/>
     </row>
     <row r="25" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="4"/>
       <c r="B25" s="5"/>
       <c r="C25" s="5"/>
       <c r="D25" s="5"/>
       <c r="E25" s="6"/>
       <c r="F25" s="6"/>
       <c r="G25" s="17" t="str">
         <f>IF(F25&lt;&gt;"",VLOOKUP(F25,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H25" s="6"/>
-      <c r="I25" s="19"/>
+      <c r="I25" s="21"/>
     </row>
     <row r="26" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="4"/>
       <c r="B26" s="5"/>
       <c r="C26" s="5"/>
       <c r="D26" s="5"/>
       <c r="E26" s="6"/>
       <c r="F26" s="6"/>
       <c r="G26" s="17" t="str">
         <f>IF(F26&lt;&gt;"",VLOOKUP(F26,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H26" s="6"/>
-      <c r="I26" s="19"/>
+      <c r="I26" s="21"/>
     </row>
     <row r="27" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="4"/>
       <c r="B27" s="5"/>
       <c r="C27" s="5"/>
       <c r="D27" s="5"/>
       <c r="E27" s="6"/>
       <c r="F27" s="6"/>
       <c r="G27" s="17" t="str">
         <f>IF(F27&lt;&gt;"",VLOOKUP(F27,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H27" s="6"/>
-      <c r="I27" s="19"/>
+      <c r="I27" s="21"/>
     </row>
     <row r="28" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="4"/>
       <c r="B28" s="5"/>
       <c r="C28" s="5"/>
       <c r="D28" s="5"/>
       <c r="E28" s="6"/>
       <c r="F28" s="6"/>
       <c r="G28" s="17" t="str">
         <f>IF(F28&lt;&gt;"",VLOOKUP(F28,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H28" s="6"/>
-      <c r="I28" s="19"/>
+      <c r="I28" s="21"/>
     </row>
     <row r="29" spans="1:9" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="4"/>
       <c r="B29" s="5"/>
       <c r="C29" s="5"/>
       <c r="D29" s="5"/>
       <c r="E29" s="6"/>
       <c r="F29" s="6"/>
       <c r="G29" s="17" t="str">
         <f>IF(F29&lt;&gt;"",VLOOKUP(F29,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H29" s="6"/>
-      <c r="I29" s="19"/>
+      <c r="I29" s="21"/>
     </row>
     <row r="30" spans="1:9" ht="29.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="7"/>
       <c r="B30" s="8"/>
       <c r="C30" s="8"/>
       <c r="D30" s="8"/>
       <c r="E30" s="9"/>
       <c r="F30" s="6"/>
       <c r="G30" s="18" t="str">
         <f>IF(F30&lt;&gt;"",VLOOKUP(F30,Ressources!$A$2:$B$10,2,FALSE)," ")</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="H30" s="9"/>
-      <c r="I30" s="20"/>
+      <c r="I30" s="22"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="4">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{BA7BC84F-8F89-4AD4-99BA-2D4FA60570B2}">
           <x14:formula1>
             <xm:f>Ressources!$J$2:$J$3</xm:f>
           </x14:formula1>
           <xm:sqref>D2:D30</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{67DCFF87-28D4-46BD-AF35-4E12A9136E3E}">
           <x14:formula1>
             <xm:f>Ressources!$H$2:$H$3</xm:f>
           </x14:formula1>
           <xm:sqref>E2:E30</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{209200EE-C979-4205-9A8F-F759B5459938}">
           <x14:formula1>
             <xm:f>Ressources!$D$2:$D$3</xm:f>
           </x14:formula1>
-          <xm:sqref>I2</xm:sqref>
+          <xm:sqref>I2:I29</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{AB9920DD-7314-4A3E-BDAB-735E7E7FF6A3}">
           <x14:formula1>
             <xm:f>Ressources!$A$2:$A$11</xm:f>
           </x14:formula1>
           <xm:sqref>F2:F30</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5CAAED2B-341B-40E1-A2DF-ACE449A00E7E}">
   <sheetPr>
     <tabColor theme="6" tint="0.39997558519241921"/>
   </sheetPr>
   <dimension ref="A1:D14"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="D2" sqref="D2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="4" width="44.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="10" t="s">
         <v>9</v>
       </c>
       <c r="B1" s="11" t="s">
         <v>10</v>
       </c>
       <c r="C1" s="11" t="s">
         <v>11</v>
       </c>
       <c r="D1" s="12" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:4" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="13"/>
       <c r="B2" s="14"/>
       <c r="C2" s="14"/>
-      <c r="D2" s="21"/>
+      <c r="D2" s="19"/>
     </row>
     <row r="3" spans="1:4" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="13"/>
       <c r="B3" s="14"/>
       <c r="C3" s="14"/>
-      <c r="D3" s="21"/>
+      <c r="D3" s="19"/>
     </row>
     <row r="4" spans="1:4" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="13"/>
       <c r="B4" s="14"/>
       <c r="C4" s="14"/>
-      <c r="D4" s="21"/>
+      <c r="D4" s="19"/>
     </row>
     <row r="5" spans="1:4" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="13"/>
       <c r="B5" s="14"/>
       <c r="C5" s="14"/>
-      <c r="D5" s="21"/>
+      <c r="D5" s="19"/>
     </row>
     <row r="6" spans="1:4" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="13"/>
       <c r="B6" s="14"/>
       <c r="C6" s="14"/>
-      <c r="D6" s="21"/>
+      <c r="D6" s="19"/>
     </row>
     <row r="7" spans="1:4" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="13"/>
       <c r="B7" s="14"/>
       <c r="C7" s="14"/>
-      <c r="D7" s="21"/>
+      <c r="D7" s="19"/>
     </row>
     <row r="8" spans="1:4" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="13"/>
       <c r="B8" s="14"/>
       <c r="C8" s="14"/>
-      <c r="D8" s="21"/>
+      <c r="D8" s="19"/>
     </row>
     <row r="9" spans="1:4" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="13"/>
       <c r="B9" s="14"/>
       <c r="C9" s="14"/>
-      <c r="D9" s="21"/>
+      <c r="D9" s="19"/>
     </row>
     <row r="10" spans="1:4" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="13"/>
       <c r="B10" s="14"/>
       <c r="C10" s="14"/>
-      <c r="D10" s="21"/>
+      <c r="D10" s="19"/>
     </row>
     <row r="11" spans="1:4" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="13"/>
       <c r="B11" s="14"/>
       <c r="C11" s="14"/>
-      <c r="D11" s="21"/>
+      <c r="D11" s="19"/>
     </row>
     <row r="12" spans="1:4" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="13"/>
       <c r="B12" s="14"/>
       <c r="C12" s="14"/>
-      <c r="D12" s="21"/>
+      <c r="D12" s="19"/>
     </row>
     <row r="13" spans="1:4" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="13"/>
       <c r="B13" s="14"/>
       <c r="C13" s="14"/>
-      <c r="D13" s="21"/>
+      <c r="D13" s="19"/>
     </row>
     <row r="14" spans="1:4" ht="29.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="15"/>
       <c r="B14" s="16"/>
       <c r="C14" s="16"/>
-      <c r="D14" s="22"/>
+      <c r="D14" s="20"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{BD8AF814-55A9-4250-ABE2-5AD834477746}">
           <x14:formula1>
             <xm:f>Ressources!$L$2:$L$3</xm:f>
           </x14:formula1>
           <xm:sqref>D2:D14</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7F85E7EB-1F4A-4B72-929E-34D4A0568CE6}">
   <dimension ref="A1:L11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="D4" sqref="D4"/>
+      <selection activeCell="A4" sqref="A4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <sheetData>
     <row r="1" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>13</v>
       </c>
       <c r="B1" t="s">
         <v>14</v>
       </c>
       <c r="D1" t="s">
         <v>15</v>
       </c>
       <c r="H1" t="s">
         <v>4</v>
       </c>
       <c r="J1" t="s">
         <v>3</v>
       </c>
       <c r="L1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" t="s">
         <v>17</v>
       </c>
       <c r="D2" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="H2" t="s">
         <v>18</v>
       </c>
       <c r="J2" t="s">
+        <v>37</v>
+      </c>
+      <c r="L2" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row r="3" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B3" t="s">
         <v>21</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3" t="s">
         <v>22</v>
       </c>
-      <c r="D3" t="s">
+      <c r="J3" t="s">
         <v>38</v>
       </c>
-      <c r="H3" t="s">
+      <c r="L3" t="s">
         <v>23</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B4" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
     </row>
     <row r="6" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B6" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
     </row>
     <row r="7" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B7" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B8" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B9" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B10" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B11" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Competiteurs</vt:lpstr>